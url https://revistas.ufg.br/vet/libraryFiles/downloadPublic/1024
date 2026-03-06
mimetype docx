--- v0 (2025-12-05)
+++ v1 (2026-03-06)
@@ -2651,209 +2651,342 @@
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tatement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D1BCBFA" w14:textId="463C0F44" w:rsidR="00B42611" w:rsidRDefault="00B42611" w:rsidP="001E35C0">
       <w:pPr>
         <w:ind w:left="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>During the preparation of this manuscript, the authors used [NAME OF THE TOOL / SERVICE] for [JUSTIFICATION OF USE]. After using this tool/service, the authors reviewed and edited the content appropriately and assume full responsibility for the content of the publication.</w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="2E6D34AD" w14:textId="5A395421" w:rsidR="00B42611" w:rsidRDefault="00B42611" w:rsidP="00FA4597">
+        <w:t xml:space="preserve">During the preparation of this manuscript, the authors used [NAME OF THE TOOL / SERVICE] for [JUSTIFICATION OF USE]. After using this tool/service, the authors reviewed and edited the content appropriately and </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>assume</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> full responsibility for the content of the publication.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51557BB6" w14:textId="77777777" w:rsidR="00A00D94" w:rsidRDefault="00A00D94" w:rsidP="001E35C0">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A2D8531" w14:textId="6A047F8C" w:rsidR="00A00D94" w:rsidRPr="00A00D94" w:rsidRDefault="00A00D94" w:rsidP="00B7277B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exceptions and </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>on-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">andatory </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>se:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F3E95D1" w14:textId="6ED1B244" w:rsidR="00A00D94" w:rsidRPr="00A00D94" w:rsidRDefault="00A00D94" w:rsidP="00B7277B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Basic Tools: This statement does not apply to the use of basic tools for grammar checking, spell-checking, reference management, and other non-generative support functions.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AEC28D8" w14:textId="175040FE" w:rsidR="001E35C0" w:rsidRPr="00A00D94" w:rsidRDefault="00A00D94" w:rsidP="00B7277B">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:u w:val="single"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Absence of AI Use:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> If no generative AI technology was used in preparing the manuscript, simply include the statement with the following content: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:i/>
+          <w:iCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>The authors did not use generative Artificial Intelligence tools or technologies in the creation or editing of any part of this manuscript</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A00D94">
+        <w:rPr>
+          <w:rStyle w:val="Forte"/>
+          <w:b w:val="0"/>
+          <w:bCs w:val="0"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B67121B" w14:textId="77777777" w:rsidR="00A00D94" w:rsidRPr="00B42611" w:rsidRDefault="00A00D94" w:rsidP="00A00D94">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8A9841" w14:textId="66F2EFA6" w:rsidR="00B42611" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="00F475E2">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Note:</w:t>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> This statement does not apply to the use of basic tools for grammatical check, spelling, references, among others. If there is nothing to communicate, it is </w:t>
+        <w:t>Acknowledgments</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (optional) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15FFD36D" w14:textId="0CACADFB" w:rsidR="00B42611" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="00F475E2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This section is optional and should preferably be included in the body of the article </w:t>
       </w:r>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>not necessary</w:t>
-[...23 lines deleted...]
-      <w:r w:rsidRPr="00B42611">
+        <w:t>only after acceptance for publication</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to conceal the identity of the authors from the reviewers. If necessary, a separate file named "Acknowledgments" must be uploaded at the time of submission.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44B8A249" w14:textId="77777777" w:rsidR="001E35C0" w:rsidRDefault="001E35C0" w:rsidP="00F475E2">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Acknowledgments</w:t>
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00B42611">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3053013B" w14:textId="2729DE32" w:rsidR="00F475E2" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="00F475E2">
+      <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>only after acceptance for publication</w:t>
-[...9 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>References</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F6FF28" w14:textId="0E2E8CCB" w:rsidR="00B42611" w:rsidRDefault="00B42611" w:rsidP="00F475E2">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The complete list of references at the end of the article must strictly follow the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-      </w:pPr>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>Vancouver Style</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>, with the sources numbered according to the order of appearance in the text. The accuracy, compliance, and correspondence between the references and the citations in the manuscript are the responsibility of the authors. The use of reference managers, such as Mendeley, EndNote, and Zotero, is recommended, as they aid in the organization and automatic insertion of citations and bibliographic references. However, it is essential to review the final list generated, as these tools may present errors or omit relevant information.</w:t>
+        <w:t xml:space="preserve">, with the sources numbered according to the order of appearance in the text. The accuracy, compliance, and correspondence between the references and the citations in the manuscript are the responsibility of the authors. The use of reference managers, such as Mendeley, EndNote, and Zotero, is recommended, as they aid in the organization and automatic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B42611">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>insertion of citations and bibliographic references. However, it is essential to review the final list generated, as these tools may present errors or omit relevant information.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4ED9AC3D" w14:textId="77777777" w:rsidR="00F475E2" w:rsidRPr="00B42611" w:rsidRDefault="00F475E2" w:rsidP="00F475E2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A765228" w14:textId="77777777" w:rsidR="00F475E2" w:rsidRDefault="00B42611" w:rsidP="00F475E2">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
@@ -2877,51 +3010,50 @@
       <w:r w:rsidRPr="00F475E2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Do not include simple abstracts, expanded abstracts, or complete works published in event proceedings in the reference list.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D980E59" w14:textId="77777777" w:rsidR="00F475E2" w:rsidRPr="00F475E2" w:rsidRDefault="00B42611" w:rsidP="00D93930">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F475E2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Regarding dissertations and theses: their use as a reference should be avoided. However, if they are essential and there is no scientific article published with the same data, they may be accepted, provided that the defense occurred in the last two years. In these cases, the direct link to the document, hosted on the Plataforma Sucupira/CAPES or the university's institutional repository, in PDF format, must be included.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CFBEFCA" w14:textId="77777777" w:rsidR="00F475E2" w:rsidRPr="00F475E2" w:rsidRDefault="00B42611" w:rsidP="00D93930">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="31"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F475E2">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Authors are also asked to prioritize articles published in journals over textbooks.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="07F1A6E9" w14:textId="77777777" w:rsidR="00F475E2" w:rsidRPr="00F475E2" w:rsidRDefault="00B42611" w:rsidP="00D93930">
@@ -3208,51 +3340,51 @@
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="49CA03BA" w14:textId="77777777" w:rsidR="00B42611" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="00D93930">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>In-text</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Citation</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6B35" w:rsidRPr="00C43860" w14:paraId="738FAED4" w14:textId="77777777" w:rsidTr="008D267B">
+      <w:tr w:rsidR="000A6B35" w:rsidRPr="00A00D94" w14:paraId="738FAED4" w14:textId="77777777" w:rsidTr="008D267B">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="585BB958" w14:textId="3E06041D" w:rsidR="00B42611" w:rsidRPr="00C43860" w:rsidRDefault="00B42611" w:rsidP="00D93930">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -3332,51 +3464,51 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Zanella and Zanella </w:t>
             </w:r>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(1)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> discussed the wide field of emerging swine viral infections... </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6B35" w:rsidRPr="00C43860" w14:paraId="625D3DED" w14:textId="77777777" w:rsidTr="008D267B">
+      <w:tr w:rsidR="000A6B35" w:rsidRPr="00A00D94" w14:paraId="625D3DED" w14:textId="77777777" w:rsidTr="008D267B">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6A32F17A" w14:textId="0EC46F9D" w:rsidR="00B42611" w:rsidRPr="00C43860" w:rsidRDefault="00B42611" w:rsidP="00D93930">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
@@ -3455,75 +3587,78 @@
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">As described by Costa et al </w:t>
             </w:r>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>(2)</w:t>
             </w:r>
             <w:r w:rsidRPr="00B42611">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>, projects to promote dairy chain sustainability...</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000A6B35" w:rsidRPr="00C43860" w14:paraId="59CE8561" w14:textId="77777777" w:rsidTr="008D267B">
+      <w:tr w:rsidR="000A6B35" w:rsidRPr="00A00D94" w14:paraId="59CE8561" w14:textId="77777777" w:rsidTr="008D267B">
         <w:trPr>
           <w:tblCellSpacing w:w="15" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6326" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2E1D933A" w14:textId="0C1F197D" w:rsidR="00B42611" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="00D93930">
             <w:pPr>
               <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="32"/>
               </w:numPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B42611">
+            <w:r w:rsidRPr="00A00D94">
+              <w:rPr>
+                <w:lang w:val="fr-FR"/>
+              </w:rPr>
               <w:t xml:space="preserve">Paim RCS, de Paula LGF, Soares DM, et al. </w:t>
             </w:r>
             <w:r w:rsidRPr="00D93930">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Toxic plants from the perspective of a "</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00D93930">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>Quilombola</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00D93930">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">" community in the Cerrado region of Brazil. </w:t>
             </w:r>
             <w:r w:rsidRPr="00C43860">
               <w:rPr>
                 <w:lang w:val="en-US"/>
@@ -3603,50 +3738,51 @@
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">BOOK: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3CC40127" w14:textId="7EC53DC3" w:rsidR="00B42611" w:rsidRPr="00B42611" w:rsidRDefault="00B42611" w:rsidP="006B04FB">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Reis JC. Estatística aplicada à pesquisa em ciência veterinária. 1st ed. Olinda: Luci Artes Gráficas; 2003. 651p. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B42611">
         <w:t>Portugu</w:t>
       </w:r>
       <w:r w:rsidR="00C978DC">
         <w:t>e</w:t>
       </w:r>
       <w:r w:rsidRPr="00B42611">
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidR="00C978DC">
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00B42611">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F2B29D8" w14:textId="77777777" w:rsidR="00C978DC" w:rsidRDefault="00C978DC" w:rsidP="006B04FB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
@@ -3702,51 +3838,50 @@
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00C978DC" w:rsidRPr="00B42611">
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67B397F3" w14:textId="77777777" w:rsidR="00C978DC" w:rsidRPr="00B42611" w:rsidRDefault="00C978DC" w:rsidP="006B04FB">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7627AF01" w14:textId="77777777" w:rsidR="00C978DC" w:rsidRPr="00C978DC" w:rsidRDefault="00B42611" w:rsidP="006B04FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">LEGISLATION: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0B167C" w14:textId="687BF30A" w:rsidR="00B42611" w:rsidRDefault="00B42611" w:rsidP="006B04FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B42611">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>The models here were adapted because the standardization proposed in the Vancouver Style does not correspond to the Brazilian reality:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76CE8544" w14:textId="77777777" w:rsidR="006B04FB" w:rsidRPr="00B42611" w:rsidRDefault="006B04FB" w:rsidP="006B04FB">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4157,50 +4292,51 @@
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>https://doi.org/10.5061/dryad.59zw3r297.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A73339A" w14:textId="20FA22E2" w:rsidR="00B42611" w:rsidRPr="000A6B35" w:rsidRDefault="00B42611" w:rsidP="000A6B35">
       <w:pPr>
         <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="32"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Baumann T, Niemeyer S H, Lussi A, Scaramucci T, Carvalho T S. Rinsing solutions containing natural extracts and fluoride prevent enamel erosion in vitro [dataset]. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00C43860">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SciELO</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00C43860">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> Data, V1. 2023. [cited 2025 May 14]. </w:t>
       </w:r>
       <w:r w:rsidR="000A6B35" w:rsidRPr="006B04FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
@@ -4223,58 +4359,51 @@
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Amarilho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">-Silveira, F. Estimation of productive efficiency in ewes from the natural grasslands of Southern Brazil: A pilot approach [dataset]. In: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>SciELO</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000A6B35">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Data. 2025, </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">[cited 2025 May 14]. </w:t>
+        <w:t xml:space="preserve"> Data. 2025, [cited 2025 May 14]. </w:t>
       </w:r>
       <w:r w:rsidR="000A6B35" w:rsidRPr="006B04FB">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Available at: </w:t>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00C978DC" w:rsidRPr="00C43860">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>https://doi.org/10.48331/SCIELODATA.AGWLIU187</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C43860">
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AC7B52F" w14:textId="77777777" w:rsidR="00C978DC" w:rsidRPr="00C43860" w:rsidRDefault="00C978DC" w:rsidP="00F475E2">
       <w:pPr>
@@ -4374,124 +4503,124 @@
     <w:p w14:paraId="0520C76A" w14:textId="77777777" w:rsidR="00AB1D4A" w:rsidRPr="00B42611" w:rsidRDefault="00AB1D4A" w:rsidP="00F475E2">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00AB1D4A" w:rsidRPr="00B42611" w:rsidSect="0029797C">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1418" w:left="1418" w:header="283" w:footer="709" w:gutter="0"/>
       <w:lnNumType w:countBy="1" w:restart="continuous"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="35E93925" w14:textId="77777777" w:rsidR="00F722FC" w:rsidRDefault="00F722FC" w:rsidP="00E74EB6">
+    <w:p w14:paraId="1FD41B34" w14:textId="77777777" w:rsidR="00660A54" w:rsidRDefault="00660A54" w:rsidP="00E74EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36C8EFDA" w14:textId="77777777" w:rsidR="00F722FC" w:rsidRDefault="00F722FC" w:rsidP="00E74EB6">
+    <w:p w14:paraId="38C9C906" w14:textId="77777777" w:rsidR="00660A54" w:rsidRDefault="00660A54" w:rsidP="00E74EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="decorative"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
-    <w:charset w:val="4D"/>
-    <w:family w:val="decorative"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A879DBB" w14:textId="77777777" w:rsidR="00F722FC" w:rsidRDefault="00F722FC" w:rsidP="00E74EB6">
+    <w:p w14:paraId="7334E338" w14:textId="77777777" w:rsidR="00660A54" w:rsidRDefault="00660A54" w:rsidP="00E74EB6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="534105EA" w14:textId="77777777" w:rsidR="00F722FC" w:rsidRDefault="00F722FC" w:rsidP="00E74EB6">
+    <w:p w14:paraId="7789AD78" w14:textId="77777777" w:rsidR="00660A54" w:rsidRDefault="00660A54" w:rsidP="00E74EB6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Nmerodepgina"/>
       </w:rPr>
       <w:id w:val="-1177042912"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="67F0AF1D" w14:textId="60B58EB6" w:rsidR="00E74EB6" w:rsidRDefault="00E74EB6" w:rsidP="00AD11B1">
         <w:pPr>
           <w:pStyle w:val="Cabealho"/>
@@ -8773,51 +8902,51 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1477989583">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="246421714">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="2123256674">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="520630222">
     <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="194200551">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1326055967">
     <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="163"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="004727A9"/>
     <w:rsid w:val="00000099"/>
     <w:rsid w:val="000052DE"/>
     <w:rsid w:val="00010E4F"/>
@@ -8859,101 +8988,105 @@
     <w:rsid w:val="003B2D25"/>
     <w:rsid w:val="003B7902"/>
     <w:rsid w:val="003E1356"/>
     <w:rsid w:val="0040138D"/>
     <w:rsid w:val="00432CE4"/>
     <w:rsid w:val="00447DD1"/>
     <w:rsid w:val="00453A8D"/>
     <w:rsid w:val="004675C7"/>
     <w:rsid w:val="004727A9"/>
     <w:rsid w:val="004B082A"/>
     <w:rsid w:val="004C737A"/>
     <w:rsid w:val="004D3D9D"/>
     <w:rsid w:val="005147D8"/>
     <w:rsid w:val="00572435"/>
     <w:rsid w:val="00584E34"/>
     <w:rsid w:val="00596363"/>
     <w:rsid w:val="005969F2"/>
     <w:rsid w:val="005A30DA"/>
     <w:rsid w:val="005A33F5"/>
     <w:rsid w:val="005A79CD"/>
     <w:rsid w:val="005E54F9"/>
     <w:rsid w:val="005F7FF9"/>
     <w:rsid w:val="00602151"/>
     <w:rsid w:val="0061216D"/>
     <w:rsid w:val="006255F9"/>
+    <w:rsid w:val="0064006B"/>
+    <w:rsid w:val="00660A54"/>
     <w:rsid w:val="006634F0"/>
     <w:rsid w:val="00673DDF"/>
     <w:rsid w:val="00675BCE"/>
     <w:rsid w:val="0068388D"/>
     <w:rsid w:val="00684D7D"/>
     <w:rsid w:val="006A08E4"/>
     <w:rsid w:val="006B04FB"/>
     <w:rsid w:val="006B42E7"/>
     <w:rsid w:val="006C15BA"/>
     <w:rsid w:val="006D6788"/>
     <w:rsid w:val="00711914"/>
     <w:rsid w:val="00721545"/>
     <w:rsid w:val="007316CD"/>
     <w:rsid w:val="00743370"/>
     <w:rsid w:val="00763B8E"/>
     <w:rsid w:val="007920E5"/>
     <w:rsid w:val="00796EBC"/>
     <w:rsid w:val="007A43E3"/>
     <w:rsid w:val="00812886"/>
     <w:rsid w:val="0082102D"/>
     <w:rsid w:val="008312BB"/>
     <w:rsid w:val="00897B14"/>
     <w:rsid w:val="008B055A"/>
     <w:rsid w:val="008C4122"/>
     <w:rsid w:val="008D267B"/>
     <w:rsid w:val="00915757"/>
     <w:rsid w:val="00946913"/>
     <w:rsid w:val="009807BC"/>
     <w:rsid w:val="009A409D"/>
     <w:rsid w:val="009C2331"/>
     <w:rsid w:val="009D0242"/>
     <w:rsid w:val="009E0AC3"/>
     <w:rsid w:val="009E4707"/>
     <w:rsid w:val="009F7CDB"/>
+    <w:rsid w:val="00A00D94"/>
     <w:rsid w:val="00A322EB"/>
     <w:rsid w:val="00A418D5"/>
     <w:rsid w:val="00A65DCB"/>
     <w:rsid w:val="00AB1D4A"/>
     <w:rsid w:val="00AD11B1"/>
     <w:rsid w:val="00AD4459"/>
     <w:rsid w:val="00B069A3"/>
     <w:rsid w:val="00B10522"/>
     <w:rsid w:val="00B16612"/>
     <w:rsid w:val="00B24B0B"/>
     <w:rsid w:val="00B2607A"/>
     <w:rsid w:val="00B26A06"/>
     <w:rsid w:val="00B42611"/>
     <w:rsid w:val="00B45630"/>
     <w:rsid w:val="00B535B3"/>
     <w:rsid w:val="00B6393D"/>
     <w:rsid w:val="00B665A4"/>
+    <w:rsid w:val="00B7277B"/>
     <w:rsid w:val="00B76B4F"/>
     <w:rsid w:val="00B8608F"/>
     <w:rsid w:val="00BA6D8C"/>
     <w:rsid w:val="00BA739A"/>
     <w:rsid w:val="00BD4C65"/>
     <w:rsid w:val="00BE4F6E"/>
     <w:rsid w:val="00C24006"/>
     <w:rsid w:val="00C315AA"/>
     <w:rsid w:val="00C37DC5"/>
     <w:rsid w:val="00C43860"/>
     <w:rsid w:val="00C53387"/>
     <w:rsid w:val="00C72E5C"/>
     <w:rsid w:val="00C861AF"/>
     <w:rsid w:val="00C978DC"/>
     <w:rsid w:val="00CB0078"/>
     <w:rsid w:val="00CE7229"/>
     <w:rsid w:val="00D275EF"/>
     <w:rsid w:val="00D4177F"/>
     <w:rsid w:val="00D4313D"/>
     <w:rsid w:val="00D43C58"/>
     <w:rsid w:val="00D53643"/>
     <w:rsid w:val="00D54D80"/>
     <w:rsid w:val="00D906D1"/>
     <w:rsid w:val="00D93930"/>
     <w:rsid w:val="00D96E2B"/>
@@ -10972,72 +11105,72 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>9</Pages>
-  <Words>3352</Words>
-  <Characters>18103</Characters>
+  <Words>3397</Words>
+  <Characters>18350</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>150</Lines>
-  <Paragraphs>42</Paragraphs>
+  <Lines>152</Lines>
+  <Paragraphs>43</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>21413</CharactersWithSpaces>
+  <CharactersWithSpaces>21704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lorena Cardoso Cintra</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>