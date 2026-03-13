--- v0 (2025-12-05)
+++ v1 (2026-03-13)
@@ -1,133 +1,145 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1E207724" w14:textId="4A4605CF" w:rsidR="00DB4D74" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
+    <w:p w14:paraId="1E207724" w14:textId="50085D33" w:rsidR="00DB4D74" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Revista Eletrônica de Enfermagem - </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Title</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Page</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="424BC10D" w14:textId="3313D4F5" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1. Título</w:t>
+      </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...14 lines deleted...]
-        <w:t>Título do manuscrito:</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do manuscrito:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="054EE68E" w14:textId="44572147" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="717E3DA9" w14:textId="2035298E" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">2. </w:t>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Categoria do manuscrito</w:t>
       </w:r>
       <w:r w:rsidR="002B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B0E66" w:rsidRPr="00656546">
         <w:rPr>
@@ -294,154 +306,82 @@
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="7EC27B79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Resposta do autor</w:t>
       </w:r>
       <w:r w:rsidR="002B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> (  ) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="060C1081" w14:textId="4FB06D8F" w:rsidR="00C11698" w:rsidRPr="00B552FD" w:rsidRDefault="00C11698" w:rsidP="7EC27B79">
+    <w:p w14:paraId="7402886C" w14:textId="3B2D28E6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
       <w:pPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:ind w:left="270" w:hanging="270"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...87 lines deleted...]
-      </w:pPr>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00752C07">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>3.</w:t>
+      </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">3. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002B0E66" w:rsidRPr="002B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Informar caso o material tenha sido e</w:t>
       </w:r>
       <w:r w:rsidRPr="002B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>xtraído</w:t>
       </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
@@ -526,417 +466,612 @@
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve">e Pós-Graduação onde ocorreu a defesa, </w:t>
       </w:r>
       <w:r w:rsidRPr="4924FCC2">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>nome da instituição, cidade, país e ano.</w:t>
       </w:r>
       <w:r w:rsidR="00C11698">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> Caso a tese/dissertação esteja disponível no repositório da respectiva Universidade ou programa de pós-graduação, o link de acesso deve ser informado.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CA996A" w14:textId="05D772D0" w:rsidR="00F67473" w:rsidRDefault="2391CABB">
-[...57 lines deleted...]
-    <w:p w14:paraId="43A15E17" w14:textId="3882FB5D" w:rsidR="2391CABB" w:rsidRDefault="00F67473">
+    <w:p w14:paraId="2F71D709" w14:textId="000FF2C7" w:rsidR="00752C07" w:rsidRDefault="00752C07" w:rsidP="00D50ED0">
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
-          <w:color w:val="000000" w:themeColor="text1"/>
-[...117 lines deleted...]
-      <w:r w:rsidR="7EC27B79">
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Os dados de pesquisa foram publicados </w:t>
+      </w:r>
+      <w:r w:rsidR="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>em repositório de dados abertos?</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+      <w:r w:rsidR="00D50ED0" w:rsidRPr="00D50ED0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
-        <w:t>* Indicar o nome completo de cada autor, Instituição (nome por extenso e a sigla da instituição), cidade, UF (sigla do estado), e-mail, ORCID.</w:t>
+        <w:t>*Se sim, informar nome do repositório, nome do conjunto de dados e DOI.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12E0C124" w14:textId="370AE86A" w:rsidR="7EC27B79" w:rsidRDefault="00F67473" w:rsidP="7EC27B79">
-[...6 lines deleted...]
-          <w:bCs/>
+    <w:p w14:paraId="1E2CD20D" w14:textId="796703F6" w:rsidR="00F67473" w:rsidRPr="00D50ED0" w:rsidRDefault="00D50ED0" w:rsidP="00D50ED0">
+      <w:pPr>
+        <w:ind w:left="284" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>8</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00752C07">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
-[...9 lines deleted...]
-      <w:r w:rsidR="7EC27B79">
+      <w:r w:rsidR="00F67473" w:rsidRPr="00D94B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Foi publicado em servidor de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F67473" w:rsidRPr="00D94B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Pre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F67473" w:rsidRPr="00D94B4B">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>-print?</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+      <w:r w:rsidRPr="00D50ED0">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
-        <w:t>*Autor que ficará responsável por toda a comunicação referente ao manuscrito submetido</w:t>
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        <w:t xml:space="preserve">*Se sim, informar o nome do servidor onde o manuscrito foi depositado, assim como o nome e o DOI do </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
+        <w:t>pre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t>-print</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do manuscrito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5818324B" w14:textId="59040543" w:rsidR="2391CABB" w:rsidRDefault="00D50ED0" w:rsidP="2391CABB">
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67473" w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F67473">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Apoio financeiro:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A4ABF73" w14:textId="77777777" w:rsidR="00D50ED0" w:rsidRPr="00D50ED0" w:rsidRDefault="00D50ED0" w:rsidP="2391CABB"/>
+    <w:p w14:paraId="1AA2D972" w14:textId="709F45AA" w:rsidR="2391CABB" w:rsidRDefault="00D50ED0" w:rsidP="2391CABB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Conflitos de Interesse:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29406F03" w14:textId="77777777" w:rsidR="00D50ED0" w:rsidRDefault="00D50ED0" w:rsidP="2391CABB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18240ACE" w14:textId="41D2AA72" w:rsidR="7EC27B79" w:rsidRDefault="00D50ED0" w:rsidP="7EC27B79">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="255" w:hanging="255"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Identificação de autoria: </w:t>
+      </w:r>
+      <w:r w:rsidR="7EC27B79">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* Indicar o nome completo de cada autor, Instituição (nome por extenso e a sigla da </w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="00654021">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">instituição), </w:t>
+      </w:r>
+      <w:r w:rsidR="00216EF3" w:rsidRPr="00654021">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t xml:space="preserve">titulação do autor, </w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="00654021">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t>cidade</w:t>
+      </w:r>
+      <w:r w:rsidR="2391CABB" w:rsidRPr="2391CABB">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t>, UF (sigla do estado), e-mail, ORCID.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E0C124" w14:textId="724B7CEE" w:rsidR="7EC27B79" w:rsidRDefault="00D50ED0" w:rsidP="7EC27B79">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="255" w:hanging="255"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Autor Correspondente:</w:t>
+      </w:r>
+      <w:r w:rsidR="7EC27B79">
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+        <w:t>*Autor que ficará responsável por toda a comunicação referente ao manuscrito submetido</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0608DF" w14:textId="7F62F6EA" w:rsidR="30BE9E35" w:rsidRDefault="00D50ED0" w:rsidP="30BE9E35">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="255" w:hanging="255"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="30BE9E35" w:rsidRPr="30BE9E35">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>. Agradecimentos:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B0F4D14" w14:textId="2CBCD293" w:rsidR="30BE9E35" w:rsidRDefault="30BE9E35" w:rsidP="30BE9E35">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="255" w:hanging="255"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3DC767E0" w14:textId="3E3F66E5" w:rsidR="4924FCC2" w:rsidRDefault="00F67473" w:rsidP="7EC27B79">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="exact"/>
+        <w:ind w:left="255" w:hanging="255"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50ED0">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
       <w:r w:rsidR="7EC27B79" w:rsidRPr="7EC27B79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Contribuição dos autores com base na </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002B0E66" w:rsidRPr="2391CABB">
+      <w:r w:rsidR="002B0E66" w:rsidRPr="00D50ED0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Contributor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="002B0E66" w:rsidRPr="2391CABB">
+      <w:r w:rsidR="002B0E66" w:rsidRPr="00D50ED0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> Roles </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="002B0E66" w:rsidRPr="2391CABB">
+      <w:r w:rsidR="002B0E66" w:rsidRPr="00D50ED0">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:i/>
+          <w:iCs/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Taxonomy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002B0E66">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="4D5156"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> -</w:t>
       </w:r>
       <w:r w:rsidR="7EC27B79" w:rsidRPr="7EC27B79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
@@ -978,758 +1113,791 @@
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve">*A taxonomia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="7EC27B79" w:rsidRPr="7EC27B79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>CRedit</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="7EC27B79" w:rsidRPr="7EC27B79">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> pode ser consultada no link: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6">
+      <w:hyperlink r:id="rId5">
         <w:r w:rsidR="7EC27B79" w:rsidRPr="7EC27B79">
           <w:rPr>
             <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
             <w:color w:val="FF0000"/>
             <w:sz w:val="15"/>
             <w:szCs w:val="15"/>
           </w:rPr>
           <w:t>https://credit.niso.org/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid"/>
+        <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="255" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="06A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4380"/>
         <w:gridCol w:w="4380"/>
       </w:tblGrid>
       <w:tr w:rsidR="4924FCC2" w14:paraId="0A1522B4" w14:textId="77777777" w:rsidTr="09258C60">
         <w:trPr>
           <w:trHeight w:val="420"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0A786EA7" w14:textId="37776157" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Contribuição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="261565BC" w14:textId="782A0D1A" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
+          <w:p w14:paraId="261565BC" w14:textId="0435513E" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:spacing w:line="259" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000" w:themeColor="text1"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Autor(es) (Sobrenome, iniciais)</w:t>
+              <w:t>Autor(es</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654021">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>) (</w:t>
+            </w:r>
+            <w:r w:rsidR="00216EF3" w:rsidRPr="00654021">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Apenas iniciais</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00654021">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="23CE4A80" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3899245C" w14:textId="34122549" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Concepção</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="69DD6F59" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="3F0A1EC6" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="62BF0F4D" w14:textId="2CA92E17" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Curadoria de dados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0E028BCF" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="5C4ACFE1" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5239A6BD" w14:textId="4025B9C1" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Análise formal de dados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="22D4E8CC" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="03BFC6AA" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="769B38EF" w14:textId="3E0164BD" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Aquisição de fundos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7A817C4E" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="365C52D2" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7C03BDD3" w14:textId="61C5F1FC" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Investigação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="499C3241" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="4924FCC2" w14:paraId="580E134E" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="393708FC" w14:textId="12B6DE99" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Metodologia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4E328B7E" w14:textId="4F8CBDF6" w:rsidR="4924FCC2" w:rsidRDefault="4924FCC2" w:rsidP="4924FCC2">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="4955F2CF" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="131B5663" w14:textId="3C935620" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Administração do projeto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7CDAFC04" w14:textId="44B5CAF7" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="1FD4CEEA" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1AA437D4" w14:textId="6BE04C7D" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3095A764" w14:textId="2B588E19" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="6011FF6F" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="79D1770D" w14:textId="76660617" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Software</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7D33FCDF" w14:textId="764B05C8" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="1D12EAC8" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7E0EA65C" w14:textId="187ED59F" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Supervisão</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1D9ACD11" w14:textId="6D203444" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="19EA4EC2" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="77C359FC" w14:textId="16D837BB" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Validação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="63419561" w14:textId="75BF1B65" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="17A5BA32" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D4D1848" w14:textId="7BCB1F7D" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Visualização</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7B2FC5E8" w14:textId="7E4B65F0" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="5D0BC687" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="3EA043C1" w14:textId="70CCEC6D" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Escrita – rascunho original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="373C2B10" w14:textId="4EF01B4E" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="09258C60" w14:paraId="2FC7CB5F" w14:textId="77777777" w:rsidTr="09258C60">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4380" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="186E0F0A" w14:textId="370DC86A" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
+              <w:pStyle w:val="PargrafodaLista"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="3"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="09258C60">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Escrita - Revisão e edição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1849,646 +2017,608 @@
         </w:rPr>
         <w:t xml:space="preserve"> contribuição no item 13 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C11698">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="15"/>
           <w:szCs w:val="15"/>
         </w:rPr>
         <w:t xml:space="preserve"> no item 14</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="336C58BE" w14:textId="6BF50EBC" w:rsidR="4924FCC2" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Concepção</w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Ideias; formulação ou evolução das metas e objetivos da pesquisa de maneira geral.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="493E3708" w14:textId="69C67668" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Curadoria de dados</w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve"> – Gerenciamento das atividades de anotar (produzir </w:t>
-[...17 lines deleted...]
-        <w:t>), refinar dados e manter os dados da pesquisa (incluindo códigos de softwares, quando necessários para a interpretação dos dados em si) para uso inicial e posterior reuso.</w:t>
+        <w:t xml:space="preserve"> – Gerenciamento das atividades de anotar (produzir metadados), refinar dados e manter os dados da pesquisa (incluindo códigos de softwares, quando necessários para a interpretação dos dados em si) para uso inicial e posterior reuso.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0A1C6347" w14:textId="20CF33A2" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Análise formal de dados</w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Aplicação de estatística, matemática, computação ou outras técnicas formais para análise ou sintetização dos dados do estudo.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56C1779C" w14:textId="4C9BDD99" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Aquisição de fundos</w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Aquisição de suporte financeiro para o projeto, até sua possível publicação.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="00090FF5" w14:textId="093A827D" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Investigação </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Condução do processo de investigação e pesquisa, especialmente realizando os experimentos, ou coletando dados/ evidencias.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64BD1C6C" w14:textId="62A15408" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Metodologia </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>– Desenvolvimento da metodologia; criação de modelos.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6023B254" w14:textId="43E4CC61" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Administração do projeto </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>– Responsável pelo gerenciamento e coordenação para planejamento e execução da atividade de pesquisa</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A56583D" w14:textId="693893AF" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Recursos </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Provisão de materiais, reagentes, pacientes, amostras de laboratório, animais, instrumentação, recursos computacionais, ou outras ferramentas de análise.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FE6DEE3" w14:textId="4B96DBC5" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="6FE6DEE3" w14:textId="1574911A" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
+      <w:pPr>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Software </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Programação, desenvolvimento de software; </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">- Programação, desenvolvimento de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B20548">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>software; Design de</w:t>
+      </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Designing</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> de programa computacionais; implementação de código de computador e algoritmos de suporte; testagem de componentes de códigos já existentes.</w:t>
+        <w:t xml:space="preserve"> programa computacionais; implementação de código de computador e algoritmos de suporte; testagem de componentes de códigos já existentes.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1360C1EA" w14:textId="0174BBF0" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Supervisão </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">- Responsáveis pela supervisão e liderança do planejamento e execução da atividade de pesquisa, incluindo </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> externa ao time principal.</w:t>
+        <w:t>- Responsáveis pela supervisão e liderança do planejamento e execução da atividade de pesquisa, incluindo mentoria externa ao time principal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6DA59E7A" w14:textId="05D5F5E6" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Validação </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Verificação, seja como parte da atividade ou separado, da replicação/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>reproducibilidade</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> dos resultados/experimentos e outras produções da pesquisa.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48BB533E" w14:textId="37214398" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Visualização</w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Preparação, criação e/ou apresentação do trabalho a ser possivelmente publicado, especialmente apresentação/visualização de dados.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FF1172E" w14:textId="3485D961" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Escrita – rascunho original - </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Preparação e criação do trabalho a ser possivelmente publicado, especificamente a escrita do rascunho original </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="001792E2" w14:textId="04C49575" w:rsidR="09258C60" w:rsidRDefault="09258C60" w:rsidP="09258C60">
       <w:pPr>
-        <w:pStyle w:val="ListParagraph"/>
+        <w:pStyle w:val="PargrafodaLista"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:line="240" w:lineRule="exact"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Escrita - Revisão e edição </w:t>
       </w:r>
       <w:r w:rsidRPr="09258C60">
         <w:rPr>
           <w:rFonts w:ascii="Calibri Light" w:eastAsia="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>- Preparação e criação do trabalho a ser possivelmente publicado, especificamente revisão crítica, comentários e revisões gerais.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="09258C60">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ ゴシック">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
-    <w:notTrueType/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="ＭＳ 明朝">
-    <w:panose1 w:val="00000000000000000000"/>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="roman"/>
-    <w:notTrueType/>
+    <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mo="http://schemas.microsoft.com/office/mac/office/2008/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:mv="urn:schemas-microsoft-com:mac:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="30BD8988"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BF42BCF6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2484" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3204" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
@@ -2530,51 +2660,51 @@
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6804" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7524" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8244" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="58A0B1CE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="826C079A"/>
     <w:lvl w:ilvl="0" w:tplc="ECA05B60">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="02C8EF48">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="1DDC0BAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2616,51 +2746,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FDA8E0AE">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0DA49840">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="61F1F503"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0AC7F82"/>
     <w:lvl w:ilvl="0" w:tplc="FDC061C4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="080E6E06">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="7496227C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -2715,597 +2845,583 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="F8C2E85C">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="188"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="4B5A8B54"/>
+    <w:rsid w:val="001D0DED"/>
+    <w:rsid w:val="00216EF3"/>
     <w:rsid w:val="002B0E66"/>
+    <w:rsid w:val="003F4416"/>
+    <w:rsid w:val="00654021"/>
     <w:rsid w:val="00656546"/>
+    <w:rsid w:val="00690722"/>
+    <w:rsid w:val="00752C07"/>
+    <w:rsid w:val="008B05E2"/>
     <w:rsid w:val="00AE5B3A"/>
+    <w:rsid w:val="00B20548"/>
     <w:rsid w:val="00B552FD"/>
     <w:rsid w:val="00BD3A47"/>
     <w:rsid w:val="00C11698"/>
+    <w:rsid w:val="00D50ED0"/>
+    <w:rsid w:val="00D94B4B"/>
+    <w:rsid w:val="00D96DC8"/>
     <w:rsid w:val="00DB4D74"/>
+    <w:rsid w:val="00DE6C08"/>
     <w:rsid w:val="00E849AE"/>
     <w:rsid w:val="00F67473"/>
     <w:rsid w:val="0834E643"/>
     <w:rsid w:val="09258C60"/>
     <w:rsid w:val="2391CABB"/>
     <w:rsid w:val="30BE9E35"/>
     <w:rsid w:val="4924FCC2"/>
     <w:rsid w:val="4B5A8B54"/>
     <w:rsid w:val="7EC27B79"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1027"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="4B5A8B54"/>
+  <w15:docId w15:val="{CDA9DF9D-22D6-4F53-8364-CA2B6BE4C221}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="276">
-[...149 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00FB4123"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
-      <w:tblCellMar>
-[...4 lines deleted...]
-      </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-[...238 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="PargrafodaLista">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
-  <w:doNotSaveAsSingleFile/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://credit.niso.org/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3519,66 +3635,81 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>603</Words>
-[...1 lines deleted...]
-  <Application>Microsoft Macintosh Word</Application>
+  <Words>662</Words>
+  <Characters>3579</Characters>
+  <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>28</Lines>
+  <Lines>29</Lines>
   <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4035</CharactersWithSpaces>
+  <CharactersWithSpaces>4233</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Edylayne Silva</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>